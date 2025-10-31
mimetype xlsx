--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ff8025a42694044" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89274ad15c494914" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1b3f769887b442c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde17041f632842e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8fa1456257049ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1b3f769887b442c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75324721b7c14ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde17041f632842e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TEPSURKAEV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>