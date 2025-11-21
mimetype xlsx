--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89274ad15c494914" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29a676293eed4358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde17041f632842e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcebbe95f0b74ed3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75324721b7c14ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde17041f632842e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cdad2a59a59460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcebbe95f0b74ed3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TEPSURKAEV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>169,901</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,674</x:t>
-[...408 lines deleted...]
-        <x:is>
           <x:t>171,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>