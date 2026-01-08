--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29a676293eed4358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ccb16c08c764970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcebbe95f0b74ed3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reddf81596dbf4510"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cdad2a59a59460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcebbe95f0b74ed3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d5c0336530d4e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reddf81596dbf4510" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TEPSURKAEV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>163,021</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>