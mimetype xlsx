--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ccb16c08c764970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0e7a601b8b54fe7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reddf81596dbf4510"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75f5da85bb2b4c3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d5c0336530d4e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reddf81596dbf4510" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56449321702646a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75f5da85bb2b4c3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TEPSURKAEV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>169,624</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>