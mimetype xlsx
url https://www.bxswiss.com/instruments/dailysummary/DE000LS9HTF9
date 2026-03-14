--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0e7a601b8b54fe7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34a1388b68564d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75f5da85bb2b4c3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R838357566f794ef7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56449321702646a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75f5da85bb2b4c3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca777cfc54944b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R838357566f794ef7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TEPSURKAEV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>