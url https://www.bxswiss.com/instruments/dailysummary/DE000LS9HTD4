--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b19126347cb4238" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f19c36309be4d5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31245ec8aaf74ebe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e9da674acae48d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a15416ab02648a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31245ec8aaf74ebe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R798572ab673941e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e9da674acae48d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solid Base &amp; High Potentials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>143,628</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>