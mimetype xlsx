--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f19c36309be4d5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c252c044f8f49e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e9da674acae48d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48b632cdc80745ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R798572ab673941e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e9da674acae48d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b54cbe5c851458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48b632cdc80745ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solid Base &amp; High Potentials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,224 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>143,816</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>