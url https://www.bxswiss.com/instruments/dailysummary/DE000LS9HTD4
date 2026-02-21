--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c252c044f8f49e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcfdc3cd6eae4398" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48b632cdc80745ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7b4e590bfa5473f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b54cbe5c851458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48b632cdc80745ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01b827ddb1ad49e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7b4e590bfa5473f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solid Base &amp; High Potentials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HTD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,224 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...191 lines deleted...]
-          <x:t>144,938</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>