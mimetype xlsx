--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda626748ac684166" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe77c71105114eb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red34dedbff2349de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d4f266ef67b481f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf68f2e4bb888493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red34dedbff2349de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe7f5945eccf4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d4f266ef67b481f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Value &amp; Growth Effekte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>224,071</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...289 lines deleted...]
-          <x:t>225,610</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>