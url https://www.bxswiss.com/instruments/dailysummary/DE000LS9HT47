--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe77c71105114eb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11654d9c0fa34840" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d4f266ef67b481f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a69189a6854c7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe7f5945eccf4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d4f266ef67b481f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15308f52c1c543f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a69189a6854c7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Value &amp; Growth Effekte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>228,999</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>228,830</x:t>
-[...404 lines deleted...]
-          <x:t>231,495</x:t>
+          <x:t>224,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>