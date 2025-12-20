--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11654d9c0fa34840" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ab70cd8ae5c46ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a69189a6854c7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf65026a3441c451e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15308f52c1c543f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a69189a6854c7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc825080c97747d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf65026a3441c451e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Value &amp; Growth Effekte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>227,455</x:t>
-[...576 lines deleted...]
-          <x:t>221,858</x:t>
+          <x:t>227,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>