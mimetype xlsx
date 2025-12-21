--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ab70cd8ae5c46ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R747a0d0e2d104d27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf65026a3441c451e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62781227e61447bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc825080c97747d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf65026a3441c451e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6e0b3908fce4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62781227e61447bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Value &amp; Growth Effekte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>