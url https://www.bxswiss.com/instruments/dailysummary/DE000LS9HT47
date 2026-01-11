--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R747a0d0e2d104d27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde6a3fe8140c4ed8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62781227e61447bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f95d75eb3e4322"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6e0b3908fce4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62781227e61447bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaad57a9cb1947ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f95d75eb3e4322" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Value &amp; Growth Effekte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,682</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>