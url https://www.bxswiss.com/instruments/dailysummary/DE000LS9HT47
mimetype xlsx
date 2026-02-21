--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde6a3fe8140c4ed8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R595acf56076748fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f95d75eb3e4322"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4e185b09b0449bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaad57a9cb1947ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f95d75eb3e4322" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ef68a459b5b4eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4e185b09b0449bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Value &amp; Growth Effekte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>231,744</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>