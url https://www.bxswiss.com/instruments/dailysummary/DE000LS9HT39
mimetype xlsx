--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbef8e4cafbce45f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23780e030b924879" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833b0d5fb3ab4646"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R381c769acd8a47de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0aaa8c5db00465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833b0d5fb3ab4646" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08f17d37f1f94a6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R381c769acd8a47de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Handel von Aktienwerten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>523,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>534,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>523,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>531,243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>509,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>510,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>