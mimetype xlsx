--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23780e030b924879" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79da3985fc9d4f4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R381c769acd8a47de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9271741517e44d84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08f17d37f1f94a6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R381c769acd8a47de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd211596cf59a41a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9271741517e44d84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Handel von Aktienwerten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>531,657</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>