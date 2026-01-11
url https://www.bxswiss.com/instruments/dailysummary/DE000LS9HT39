--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79da3985fc9d4f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re54fe285d18d414f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9271741517e44d84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc941c7814a2e4889"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd211596cf59a41a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9271741517e44d84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984a8d66152f400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc941c7814a2e4889" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Handel von Aktienwerten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>494,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>496,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>494,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>496,549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>