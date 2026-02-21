--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re54fe285d18d414f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ee01a5dba7a45f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc941c7814a2e4889"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfde5d11514cc4b3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984a8d66152f400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc941c7814a2e4889" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd1a1288a2ea43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfde5d11514cc4b3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Handel von Aktienwerten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>505,708</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>