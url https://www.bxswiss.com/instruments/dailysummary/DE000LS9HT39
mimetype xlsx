--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ee01a5dba7a45f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82f99f675df4bab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfde5d11514cc4b3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e4419f3d634d6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd1a1288a2ea43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfde5d11514cc4b3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra582425fc9484f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e4419f3d634d6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Handel von Aktienwerten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HT39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,199</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>