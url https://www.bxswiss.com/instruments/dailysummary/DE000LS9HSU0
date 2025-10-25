--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd2212fe8cda464c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc84db063ddb24c83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf872af7df6460b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ef0e2e55f2d4860"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R950ff9195fe44a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf872af7df6460b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbee5c29054a4450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ef0e2e55f2d4860" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Weltweit Bexx2015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>96,114</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,185</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,336</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>96,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,150</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>96,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>