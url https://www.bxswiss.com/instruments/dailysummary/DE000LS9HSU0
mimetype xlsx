--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc84db063ddb24c83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7520c4f05d9d436b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ef0e2e55f2d4860"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb5d6a8562cc4aa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbee5c29054a4450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ef0e2e55f2d4860" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61aaf735b5f41e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb5d6a8562cc4aa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Weltweit Bexx2015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>95,864</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,772</x:t>
-[...195 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,253</x:t>
-[...43 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>95,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,025</x:t>
-[...90 lines deleted...]
-          <x:t>95,154</x:t>
+          <x:t>94,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>