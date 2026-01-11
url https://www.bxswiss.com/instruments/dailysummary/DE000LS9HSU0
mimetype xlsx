--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7520c4f05d9d436b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28a7396684414f9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb5d6a8562cc4aa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff012341f5554cd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61aaf735b5f41e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb5d6a8562cc4aa2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1be27d16efb4aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff012341f5554cd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Weltweit Bexx2015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...377 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,744</x:t>
-[...252 lines deleted...]
-          <x:t>94,734</x:t>
+          <x:t>95,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>