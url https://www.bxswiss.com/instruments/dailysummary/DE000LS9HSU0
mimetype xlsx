--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28a7396684414f9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd5c8266c68f4c3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff012341f5554cd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f8de03b14584229"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1be27d16efb4aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff012341f5554cd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3947e85683445bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f8de03b14584229" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Weltweit Bexx2015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>