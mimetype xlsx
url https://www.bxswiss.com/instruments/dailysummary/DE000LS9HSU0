--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd5c8266c68f4c3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c7b26e87e8489f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f8de03b14584229"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21529360c00b44fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3947e85683445bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f8de03b14584229" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82d770861cd14323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21529360c00b44fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Weltweit Bexx2015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>95,698</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>