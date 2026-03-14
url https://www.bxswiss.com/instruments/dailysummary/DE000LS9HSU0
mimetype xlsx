--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c7b26e87e8489f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R493ea15cdd5c44ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21529360c00b44fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95f8e238ced84d5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82d770861cd14323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21529360c00b44fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re156cf1f2c3147eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95f8e238ced84d5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Weltweit Bexx2015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,539</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>