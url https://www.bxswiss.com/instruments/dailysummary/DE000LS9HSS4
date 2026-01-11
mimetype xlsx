--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06c27ac749b8462b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1fad65c1d04b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ed1da3ec4034ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfecb65a065b40c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R746f4ce545714ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ed1da3ec4034ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0103c5faae694189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfecb65a065b40c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MehrWert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>109,673</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,641</x:t>
-[...485 lines deleted...]
-          <x:t>109,633</x:t>
+          <x:t>109,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>