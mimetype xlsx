--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1fad65c1d04b15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fa2d6f3934a4730" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfecb65a065b40c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4ed36b9cb1642c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0103c5faae694189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfecb65a065b40c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1751487b0fab4596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4ed36b9cb1642c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MehrWert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>109,180</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>