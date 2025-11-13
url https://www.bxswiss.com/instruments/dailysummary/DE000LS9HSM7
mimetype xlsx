--- v0 (2025-10-02)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd374167b6a8246db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R238fff7de8b643cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff23c16030aa4153"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa3fa330856e4770"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9399ac798e19405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff23c16030aa4153" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbf09e9e50444f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa3fa330856e4770" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>optimum German value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>95,567</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,412</x:t>
-[...377 lines deleted...]
-          <x:t>95,786</x:t>
+          <x:t>95,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>