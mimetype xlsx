--- v1 (2025-11-13)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R238fff7de8b643cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db055beb6b84eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa3fa330856e4770"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8077502836864134"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbf09e9e50444f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa3fa330856e4770" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6256ca148aa64b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8077502836864134" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>optimum German value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...247 lines deleted...]
-          <x:t>96,327</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,809</x:t>
-[...355 lines deleted...]
-          <x:t>96,029</x:t>
+          <x:t>95,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>