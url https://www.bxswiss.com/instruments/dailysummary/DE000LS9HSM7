--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db055beb6b84eae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7bc64d0b0054dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8077502836864134"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4e3a8aa6aab48f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6256ca148aa64b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8077502836864134" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b67924b78284cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4e3a8aa6aab48f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>optimum German value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>98,390</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,163</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>98,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,110</x:t>
-[...102 lines deleted...]
-          <x:t>99,157</x:t>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,761</x:t>
-[...80 lines deleted...]
-          <x:t>98,448</x:t>
+          <x:t>98,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>