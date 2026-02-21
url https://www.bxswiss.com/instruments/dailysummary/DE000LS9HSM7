--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7bc64d0b0054dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ebd971fcbb4c8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4e3a8aa6aab48f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fe0a3eedb034db7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b67924b78284cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4e3a8aa6aab48f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee5fa24d8f7466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fe0a3eedb034db7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>optimum German value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>98,483</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...343 lines deleted...]
-          <x:t>100,260</x:t>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>