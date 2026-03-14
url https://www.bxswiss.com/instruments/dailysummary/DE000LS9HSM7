--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ebd971fcbb4c8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d06f1ca7a54d2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fe0a3eedb034db7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb713115c20a54d12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee5fa24d8f7466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fe0a3eedb034db7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39f03969d53047b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb713115c20a54d12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>optimum German value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>97,492</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,528</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>102,441</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>