--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361f4bf00f7b4fdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae99d1b906204bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb18c1be950f4174"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca2355644b494022"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra41ad8cac71d412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb18c1be950f4174" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73274599955645bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca2355644b494022" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine Marken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>254,112</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>252,968</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>251,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,996</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>