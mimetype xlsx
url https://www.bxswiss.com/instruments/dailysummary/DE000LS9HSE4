--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae99d1b906204bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c774c1461144f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca2355644b494022"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re843566c6319497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73274599955645bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca2355644b494022" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2257049de814a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re843566c6319497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine Marken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HSE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>258,194</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>