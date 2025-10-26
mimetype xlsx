--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804151c183cf47aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f327e6c5ce48ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ebbd1361b9e4a17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ca4161d3594cef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61866febfb884579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ebbd1361b9e4a17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b4f14b47d6e4808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ca4161d3594cef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround 0815 Stockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>109,003</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,488</x:t>
-[...458 lines deleted...]
-          <x:t>107,586</x:t>
+          <x:t>106,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>