--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f327e6c5ce48ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e07e4e8b9994616" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ca4161d3594cef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca77292145c0424e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b4f14b47d6e4808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ca4161d3594cef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ca32eed100745f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca77292145c0424e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround 0815 Stockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>106,196</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>