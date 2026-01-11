--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e07e4e8b9994616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c4fa3165d9f4636" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca77292145c0424e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ff68cf33024bfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ca32eed100745f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca77292145c0424e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05cc6dd93f19495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ff68cf33024bfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround 0815 Stockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>