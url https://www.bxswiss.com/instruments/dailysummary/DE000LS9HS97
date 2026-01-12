--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c4fa3165d9f4636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf23909e97d904bf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ff68cf33024bfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e20363355dd4754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05cc6dd93f19495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ff68cf33024bfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cafc56b2bf74e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e20363355dd4754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround 0815 Stockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>