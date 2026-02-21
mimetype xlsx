--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf23909e97d904bf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dd4624ccfef4b9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e20363355dd4754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d871ff001a34917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cafc56b2bf74e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e20363355dd4754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra18f27468eac4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d871ff001a34917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround 0815 Stockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>112,569</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>