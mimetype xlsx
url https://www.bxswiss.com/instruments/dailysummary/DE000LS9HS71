--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde2406e06aa44da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d7369679830462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a66bc2354948ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa377d2b1d374bcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f421f79a7df453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a66bc2354948ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98613420e1c649a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa377d2b1d374bcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>145,891</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,107</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>144,428</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>146,447</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,612</x:t>
-[...247 lines deleted...]
-          <x:t>146,876</x:t>
+          <x:t>145,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>