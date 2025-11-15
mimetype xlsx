--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d7369679830462c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd19b3599863416d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa377d2b1d374bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3f4eb7bd2434465"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98613420e1c649a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa377d2b1d374bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39660d7db35e44d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3f4eb7bd2434465" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>