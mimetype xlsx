--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd19b3599863416d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda381017f1194cb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3f4eb7bd2434465"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bbc0f3bf1e44afb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39660d7db35e44d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3f4eb7bd2434465" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841ecf94dc3e401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bbc0f3bf1e44afb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,926</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>