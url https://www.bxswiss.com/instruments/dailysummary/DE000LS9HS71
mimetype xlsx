--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda381017f1194cb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7af0dd3cdf344dd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bbc0f3bf1e44afb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref59aaf8cbf240f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841ecf94dc3e401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bbc0f3bf1e44afb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2b4ccd51b3a4f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref59aaf8cbf240f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>146,003</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>