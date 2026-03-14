--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7af0dd3cdf344dd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994a148925b64c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref59aaf8cbf240f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dede3c122a5492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2b4ccd51b3a4f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref59aaf8cbf240f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc48a7677dc2248b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dede3c122a5492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,482</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,313</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>