--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R244952c6c53e444b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d69bc5891d4ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f501dbc0f5340be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d0a6acb449448a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a0d2d8a0f404aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f501dbc0f5340be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fd7f94e310d44ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d0a6acb449448a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New World Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,602</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,034</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>