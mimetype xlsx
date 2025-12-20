--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d69bc5891d4ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5528ad1c4c854dc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d0a6acb449448a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b6609c85144ec5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fd7f94e310d44ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d0a6acb449448a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2033064dd7134d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b6609c85144ec5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New World Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>378,048</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>