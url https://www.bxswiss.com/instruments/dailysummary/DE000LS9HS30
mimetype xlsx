--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5528ad1c4c854dc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c3aa02988a7459d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b6609c85144ec5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf957428262c344fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2033064dd7134d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b6609c85144ec5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4afecece3ae64505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf957428262c344fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New World Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>