--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c3aa02988a7459d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R351bec5add4d4947" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf957428262c344fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd241df0e211e460c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4afecece3ae64505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf957428262c344fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7fe3242566f4a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd241df0e211e460c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New World Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>276,913</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>