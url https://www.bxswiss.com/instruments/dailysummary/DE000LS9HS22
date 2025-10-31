--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfb3a993de364d3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8abbb89447c4e6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dd1cbc65a7240e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4205cfd9ec49485b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ad11173734a4662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dd1cbc65a7240e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41a4f87302bd40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4205cfd9ec49485b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASVALUE1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>