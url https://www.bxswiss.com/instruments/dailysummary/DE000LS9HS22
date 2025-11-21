--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8abbb89447c4e6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e2737255ca94b95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4205cfd9ec49485b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a6718f5ce545c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41a4f87302bd40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4205cfd9ec49485b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffaba297f2994641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a6718f5ce545c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASVALUE1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>