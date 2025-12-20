--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e2737255ca94b95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26f33e53d1274386" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a6718f5ce545c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f67ffdb7b054d0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffaba297f2994641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a6718f5ce545c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R509995df19a4439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f67ffdb7b054d0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASVALUE1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>