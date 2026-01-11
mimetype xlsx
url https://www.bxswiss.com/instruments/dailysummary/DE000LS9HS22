--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26f33e53d1274386" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe2547a744fe40f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f67ffdb7b054d0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45ed672e24c24d93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R509995df19a4439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f67ffdb7b054d0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b63669638f14488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45ed672e24c24d93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASVALUE1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>