--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe2547a744fe40f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb587589e934082" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45ed672e24c24d93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R689e6c481b654bb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b63669638f14488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45ed672e24c24d93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97a8b7d2e44c4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R689e6c481b654bb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASVALUE1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>367,774</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>