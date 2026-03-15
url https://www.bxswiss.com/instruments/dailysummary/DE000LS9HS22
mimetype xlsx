--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb587589e934082" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff5a17b06f2a40c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R689e6c481b654bb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b37b89cffb74763"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97a8b7d2e44c4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R689e6c481b654bb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bdd4e2d0def4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b37b89cffb74763" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASVALUE1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HS22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>