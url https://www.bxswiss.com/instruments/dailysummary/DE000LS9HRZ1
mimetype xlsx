--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc49ed32dd72e44ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3363807ad4154c5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reada463dcd554b11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b3dc08bd5594899"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a33110d55784e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reada463dcd554b11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0631a5488f964eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b3dc08bd5594899" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Online Silicon Valley</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>