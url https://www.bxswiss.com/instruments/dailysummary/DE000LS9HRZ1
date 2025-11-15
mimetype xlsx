--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3363807ad4154c5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371b97aa425940c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b3dc08bd5594899"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R935d0fb72ece40de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0631a5488f964eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b3dc08bd5594899" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69f7284bc4b4efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R935d0fb72ece40de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Online Silicon Valley</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>