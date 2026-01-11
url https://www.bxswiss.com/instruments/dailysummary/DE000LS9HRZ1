--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371b97aa425940c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5f0d8c8762f4de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R935d0fb72ece40de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21c778229a914c8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69f7284bc4b4efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R935d0fb72ece40de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R949e441cb2f24689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21c778229a914c8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Online Silicon Valley</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>351,136</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>