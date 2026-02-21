--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5f0d8c8762f4de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3293bf0b68c64f45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21c778229a914c8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e9f5e24b02442b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R949e441cb2f24689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21c778229a914c8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radfdf933f8c94c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e9f5e24b02442b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Online Silicon Valley</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>357,420</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>