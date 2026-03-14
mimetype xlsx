--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3293bf0b68c64f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36da97cccc0f4bdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e9f5e24b02442b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50db4b230c09485d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radfdf933f8c94c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e9f5e24b02442b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc972826a094f434e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50db4b230c09485d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Online Silicon Valley</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>