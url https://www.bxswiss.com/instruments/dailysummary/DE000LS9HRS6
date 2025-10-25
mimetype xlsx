--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf45f3117ea444235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd34a136b068c4a24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a601b5594eb43e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aa34fd62c2847ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65697dbb08304bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a601b5594eb43e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re01891d2840443f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aa34fd62c2847ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>