--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd34a136b068c4a24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363eb34decb942e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aa34fd62c2847ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcc2f0374a634157"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re01891d2840443f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aa34fd62c2847ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7524c71c90854529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcc2f0374a634157" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>265,497</x:t>
-[...252 lines deleted...]
-          <x:t>269,363</x:t>
+          <x:t>269,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>