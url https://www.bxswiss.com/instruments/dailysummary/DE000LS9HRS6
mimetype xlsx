--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363eb34decb942e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a84577002c74711" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcc2f0374a634157"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8b90c5cc81d4615"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7524c71c90854529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcc2f0374a634157" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd37f1e9621c143d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8b90c5cc81d4615" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>