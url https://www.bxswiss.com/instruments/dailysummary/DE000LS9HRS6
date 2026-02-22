--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a84577002c74711" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd1b49eb3de43e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8b90c5cc81d4615"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebbb6e4f3d9d4b5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd37f1e9621c143d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8b90c5cc81d4615" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76fd47513c074784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebbb6e4f3d9d4b5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>277,928</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>277,806</x:t>
-[...4 lines deleted...]
-          <x:t>280,891</x:t>
+          <x:t>277,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>