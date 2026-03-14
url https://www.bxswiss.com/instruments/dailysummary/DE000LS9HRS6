--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd1b49eb3de43e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d3b6edf326491a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebbb6e4f3d9d4b5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eae90e9b01944b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76fd47513c074784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebbb6e4f3d9d4b5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c083716228e4387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eae90e9b01944b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>