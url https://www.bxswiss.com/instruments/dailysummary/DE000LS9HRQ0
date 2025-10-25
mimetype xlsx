--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e235273a56b4920" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b18b6c3faad4378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9810e769808b4119"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra87de51d61e2420d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4faed5d1a7ab4f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9810e769808b4119" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R344182f5e53d46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra87de51d61e2420d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Fast Track</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>