--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b18b6c3faad4378" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd6af31f65c429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra87de51d61e2420d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739dbad7cbd6490b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R344182f5e53d46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra87de51d61e2420d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74db48bf75b14c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739dbad7cbd6490b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Fast Track</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>