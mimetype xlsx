--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd6af31f65c429f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R746a8a8f33114993" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739dbad7cbd6490b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715c93a793f64351"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74db48bf75b14c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739dbad7cbd6490b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6d0a3da5c54716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715c93a793f64351" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Fast Track</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,494</x:t>
-[...441 lines deleted...]
-          <x:t>55,693</x:t>
+          <x:t>49,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>