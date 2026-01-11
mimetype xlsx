--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R746a8a8f33114993" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a36b017c9a4864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715c93a793f64351"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R625c369110674e3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6d0a3da5c54716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715c93a793f64351" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc46b15edc534ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R625c369110674e3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Fast Track</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>