--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a36b017c9a4864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R064b3706ad3c4f3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R625c369110674e3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa88a8cca1fb4f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc46b15edc534ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R625c369110674e3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6c54574307d4454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa88a8cca1fb4f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Fast Track</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>46,191</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>