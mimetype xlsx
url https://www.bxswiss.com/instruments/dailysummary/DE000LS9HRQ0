--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R064b3706ad3c4f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b45958bace84883" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa88a8cca1fb4f9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fcb76882fa94bad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6c54574307d4454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa88a8cca1fb4f9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfdce496b5044b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fcb76882fa94bad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>investmentfox Fast Track</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>