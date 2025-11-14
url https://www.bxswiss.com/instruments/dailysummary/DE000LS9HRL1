--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re50c91e788f14073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b3f6d8a12b4579" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1ef6f6a97464232"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re22ccc14a1c94e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b75dd798c24c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1ef6f6a97464232" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc767dd8faf54483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re22ccc14a1c94e56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pennystocks &amp; Microcaps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>126,423</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>