--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b3f6d8a12b4579" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3e3dd63557940b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re22ccc14a1c94e56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f0057dc4b724d79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc767dd8faf54483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re22ccc14a1c94e56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R790ddf8618aa492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f0057dc4b724d79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pennystocks &amp; Microcaps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>115,608</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>