--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3e3dd63557940b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03d2c942359c44aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f0057dc4b724d79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91680871861042f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R790ddf8618aa492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f0057dc4b724d79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a6de2d092314c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91680871861042f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pennystocks &amp; Microcaps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,672</x:t>
@@ -764,31 +312,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>