--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4de7784630d4666" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe180e22edfd4558" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f119b9ecb5419a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52728f20e0e042fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7da79f8844af466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f119b9ecb5419a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3e3b6ce44b4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52728f20e0e042fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Underdogs mit Potential - Swing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,085</x:t>
+          <x:t>127,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,520</x:t>
-[...448 lines deleted...]
-          <x:t>126,976</x:t>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,928</x:t>
-[...107 lines deleted...]
-          <x:t>128,945</x:t>
+          <x:t>126,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>