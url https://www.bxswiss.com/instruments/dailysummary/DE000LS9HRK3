--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe180e22edfd4558" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9451adb33c2b4e4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52728f20e0e042fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd361d3dff73454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3e3b6ce44b4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52728f20e0e042fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dd0df0a1c394a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd361d3dff73454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Underdogs mit Potential - Swing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,976</x:t>
-[...409 lines deleted...]
-          <x:t>126,575</x:t>
+          <x:t>127,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,659</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>