--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9451adb33c2b4e4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27789763e73f4142" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd361d3dff73454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ba08921d704768"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dd0df0a1c394a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd361d3dff73454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda1505edb5554eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ba08921d704768" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Underdogs mit Potential - Swing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>129,582</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>