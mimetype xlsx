--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27789763e73f4142" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c20d49915fd4bb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ba08921d704768"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fb13bc8f49b49df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda1505edb5554eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ba08921d704768" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb97e8febe54d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fb13bc8f49b49df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Underdogs mit Potential - Swing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>123,151</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>