--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21289a8eecca4a3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888b9e46b77f4ca3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R856bdf65a5d144b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc36f1899ed648f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2225e491922346e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R856bdf65a5d144b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07334433e1f47c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc36f1899ed648f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Block No 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>132,434</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,879</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>130,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,850</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>