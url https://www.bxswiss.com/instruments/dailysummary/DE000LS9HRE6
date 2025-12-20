--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888b9e46b77f4ca3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5031068e3824378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc36f1899ed648f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaeb358fd3a440d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07334433e1f47c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc36f1899ed648f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66beda14f29f4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaeb358fd3a440d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Block No 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>133,150</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>