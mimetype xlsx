--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5031068e3824378" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6613f1ff5ed4e0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaeb358fd3a440d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaaf1e111ce7474a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66beda14f29f4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaeb358fd3a440d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a0299465c254ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaaf1e111ce7474a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Block No 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>