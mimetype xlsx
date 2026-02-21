--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6613f1ff5ed4e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b5df44784634b24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaaf1e111ce7474a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51c658b8a1074b10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a0299465c254ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaaf1e111ce7474a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R270052d9ad3f40a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51c658b8a1074b10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Block No 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HRE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>129,364</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>