--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf6a9d5ec7cf49e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab8115eb708645e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0544a30b4fe4a93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7ed1798cc1c431d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recf16aab71d7453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0544a30b4fe4a93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22c424d16a054956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7ed1798cc1c431d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV und Chancen Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>125,635</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...505 lines deleted...]
-          <x:t>124,825</x:t>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>