--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab8115eb708645e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6dfd5aba7740c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7ed1798cc1c431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75f52886338f46d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22c424d16a054956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7ed1798cc1c431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ce70b788b54572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75f52886338f46d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV und Chancen Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>125,874</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,933</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>125,382</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>