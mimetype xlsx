--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6dfd5aba7740c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R529b327dc92f4730" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75f52886338f46d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bceca47974f4e20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ce70b788b54572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75f52886338f46d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383302828961491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bceca47974f4e20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV und Chancen Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,063</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>