--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R529b327dc92f4730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a1bb980d1a84034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bceca47974f4e20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28d0dd404ee14eab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383302828961491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bceca47974f4e20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6febd6f7ca714639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28d0dd404ee14eab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV und Chancen Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,436</x:t>
-[...495 lines deleted...]
-          <x:t>128,938</x:t>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>