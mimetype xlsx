--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbddda9bb60634076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bcc9fb0c4d94e22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58417ffb027045b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13d8c29e6e214bf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R693b1d6f9f414504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58417ffb027045b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R289d6f775dd04ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13d8c29e6e214bf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erstklassige Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>152,336</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>151,811</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>