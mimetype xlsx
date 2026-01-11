--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bcc9fb0c4d94e22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7fcea152c54e03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13d8c29e6e214bf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b0bf67f0a314483"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R289d6f775dd04ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13d8c29e6e214bf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a0e0639c8524831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b0bf67f0a314483" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erstklassige Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>