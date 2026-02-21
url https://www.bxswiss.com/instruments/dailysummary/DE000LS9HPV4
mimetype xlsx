--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7fcea152c54e03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b66cba0e45f41ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b0bf67f0a314483"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R285bba35788147a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a0e0639c8524831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b0bf67f0a314483" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3cfa70a4cca419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R285bba35788147a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erstklassige Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>153,355</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,232</x:t>
-[...269 lines deleted...]
-          <x:t>155,020</x:t>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>