--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb737d1b510a4213" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R541b5977a3754c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11921d49ce864386"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b539a55279b4475"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6660a91dd5d4814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11921d49ce864386" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R426ada6448da416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b539a55279b4475" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entspanntes Investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>112,379</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,531</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,564</x:t>
-[...252 lines deleted...]
-          <x:t>113,591</x:t>
+          <x:t>112,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>