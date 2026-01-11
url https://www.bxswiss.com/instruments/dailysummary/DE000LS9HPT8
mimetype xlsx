--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R541b5977a3754c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbda52ee8cce43d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b539a55279b4475"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e25a1253ff44e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R426ada6448da416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b539a55279b4475" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83647af5323c4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e25a1253ff44e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entspanntes Investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>