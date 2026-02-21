--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbda52ee8cce43d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d6fb5f99f84138" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e25a1253ff44e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R599dfcc3af664c5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83647af5323c4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e25a1253ff44e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c6b92c699ba47d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R599dfcc3af664c5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entspanntes Investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,005</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>