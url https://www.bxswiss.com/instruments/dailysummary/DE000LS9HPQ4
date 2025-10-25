--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe75660e8874f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf93a03f3ecae44be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7351e5d3c654022"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98e55d4266db4257"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a2a948564eb41b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7351e5d3c654022" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbeec7b673a14675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98e55d4266db4257" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>internationale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,842</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,526</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>