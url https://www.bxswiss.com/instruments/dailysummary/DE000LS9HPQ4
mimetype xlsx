--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf93a03f3ecae44be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35fbea9d120f4326" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98e55d4266db4257"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfab8a6ab607a43f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbeec7b673a14675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98e55d4266db4257" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec95cf280c694227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfab8a6ab607a43f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>internationale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,607</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>