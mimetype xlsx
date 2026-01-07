--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35fbea9d120f4326" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf28843b986e34e7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfab8a6ab607a43f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391554f98ce840f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec95cf280c694227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfab8a6ab607a43f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R453d1a2c140347eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391554f98ce840f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>internationale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>136,430</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>