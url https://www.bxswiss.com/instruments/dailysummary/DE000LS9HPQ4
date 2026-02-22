--- v3 (2026-01-07)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf28843b986e34e7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d7ceafce34a433e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391554f98ce840f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra14e6759b04b43e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R453d1a2c140347eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391554f98ce840f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbec2ce7a945b4c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra14e6759b04b43e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>internationale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>148,644</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>