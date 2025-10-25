--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30612c621aa4e90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c507e7bb5c4a55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77aa934678944212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2c1e766320d4c81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a2d735e0f594a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77aa934678944212" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390fea7293c14349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2c1e766320d4c81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basket Deutsches Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>