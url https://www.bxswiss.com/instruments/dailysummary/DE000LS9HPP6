--- v1 (2025-10-25)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c507e7bb5c4a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd453a726f35f4bc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2c1e766320d4c81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0949d88e1544542"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390fea7293c14349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2c1e766320d4c81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91dfbcad19314f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0949d88e1544542" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basket Deutsches Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,644</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>