--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd453a726f35f4bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9d1c4a5ef3b46d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0949d88e1544542"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff629bf4ad7f4732"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91dfbcad19314f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0949d88e1544542" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f9e14d0a310431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff629bf4ad7f4732" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basket Deutsches Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>129,091</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>