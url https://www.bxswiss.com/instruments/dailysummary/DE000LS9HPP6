--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9d1c4a5ef3b46d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R451cbddf7b024de2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff629bf4ad7f4732"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f747e82d8384ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f9e14d0a310431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff629bf4ad7f4732" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5172d65588584a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f747e82d8384ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basket Deutsches Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>