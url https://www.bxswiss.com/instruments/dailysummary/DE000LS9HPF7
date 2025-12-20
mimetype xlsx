--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43998f03ee674b23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb4e0591dca044e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e4886d531c40d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R363cbbd2df1c43d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb922d24daef64603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e4886d531c40d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra53ee04c23fe4757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R363cbbd2df1c43d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KR Zurück in die Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>245,330</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>