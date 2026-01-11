--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb4e0591dca044e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra79ccb60d2a045ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R363cbbd2df1c43d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref401a96d38842a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra53ee04c23fe4757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R363cbbd2df1c43d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc756d573d0e4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref401a96d38842a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KR Zurück in die Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,529</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>