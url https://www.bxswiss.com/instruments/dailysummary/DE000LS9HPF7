--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra79ccb60d2a045ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcad3de298174abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref401a96d38842a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb391f86cc39e4335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc756d573d0e4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref401a96d38842a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3074f260f64c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb391f86cc39e4335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KR Zurück in die Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>257,233</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>