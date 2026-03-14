--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcad3de298174abe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2764b19462624581" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb391f86cc39e4335"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b26cb5ed1cf44b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3074f260f64c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb391f86cc39e4335" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda1a2625c4de4a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b26cb5ed1cf44b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KR Zurück in die Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HPF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,737</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>