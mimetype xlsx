--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc74fe7455bae4c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69f502ba9e3b4ef7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf310e97c53ad40de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd16795a368b246b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc2f32c601240f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf310e97c53ad40de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdfaca19f6bd4669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd16795a368b246b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Value Double Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>