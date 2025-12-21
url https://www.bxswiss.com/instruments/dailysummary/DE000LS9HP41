--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69f502ba9e3b4ef7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f3d6c9a405941ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd16795a368b246b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf2c02f4869a45cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdfaca19f6bd4669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd16795a368b246b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra76730d1faa54f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf2c02f4869a45cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Value Double Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,835</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>