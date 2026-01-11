--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f3d6c9a405941ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R141903dfaf8d45f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf2c02f4869a45cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R365d9bd6e629402b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra76730d1faa54f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf2c02f4869a45cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6935f68fcca4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R365d9bd6e629402b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Value Double Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>