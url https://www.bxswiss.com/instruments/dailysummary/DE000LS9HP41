--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R141903dfaf8d45f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4daf702a8be340ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R365d9bd6e629402b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b949bffbea64658"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6935f68fcca4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R365d9bd6e629402b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f2c89eede64477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b949bffbea64658" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Value Double Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>199,584</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>