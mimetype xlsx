--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4daf702a8be340ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf67c88e6b3e04a55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b949bffbea64658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R459f630b7cbe47f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f2c89eede64477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b949bffbea64658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ba31a23cffc4ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R459f630b7cbe47f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Value Double Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>