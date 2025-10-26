--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9763a490f154045" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cce8c4077b94c2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbef36c5dafa4413"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb377397ce1e4faf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20757060e515497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbef36c5dafa4413" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d44330a764245ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb377397ce1e4faf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PushUp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>