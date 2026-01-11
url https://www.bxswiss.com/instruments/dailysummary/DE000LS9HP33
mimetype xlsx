--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cce8c4077b94c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7639966d4b09404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb377397ce1e4faf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6886e8150b4658"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d44330a764245ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb377397ce1e4faf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5653c59029a4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6886e8150b4658" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PushUp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>162,952</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>