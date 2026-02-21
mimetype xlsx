--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7639966d4b09404c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd491bd669a745aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6886e8150b4658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf794311863416a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5653c59029a4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6886e8150b4658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R612a37f9bcfc4d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf794311863416a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PushUp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>170,099</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>