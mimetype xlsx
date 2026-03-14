--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd491bd669a745aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3469c3d8c92f4120" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf794311863416a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R574a6025efa54930"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R612a37f9bcfc4d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf794311863416a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a59318236d34862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R574a6025efa54930" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PushUp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HP33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>