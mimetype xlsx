--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce45d13bea6f4b90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc993ec9316a34489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0667a71b24474946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R025b23f4a84547d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e13f2ac07b4867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0667a71b24474946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df57848313c45b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R025b23f4a84547d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Delta Dividendenfundament</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>192,105</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>