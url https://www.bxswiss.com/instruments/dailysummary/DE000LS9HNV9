--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc993ec9316a34489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d6c26a2a6f44e03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R025b23f4a84547d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95dc90d7544240e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df57848313c45b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R025b23f4a84547d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf580624831c44da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95dc90d7544240e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Delta Dividendenfundament</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>196,247</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>197,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,702</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>