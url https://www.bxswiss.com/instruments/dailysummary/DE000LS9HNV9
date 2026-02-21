--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d6c26a2a6f44e03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce0eb31f87b74653" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95dc90d7544240e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae9471ae7e04501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf580624831c44da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95dc90d7544240e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra216416c0215405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae9471ae7e04501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Delta Dividendenfundament</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>209,716</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>