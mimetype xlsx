--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce0eb31f87b74653" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0616616fb4ff46ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae9471ae7e04501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a27ac65a19544da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra216416c0215405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae9471ae7e04501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b6ef4f45dbd4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a27ac65a19544da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Delta Dividendenfundament</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>211,769</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,124</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>214,571</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>