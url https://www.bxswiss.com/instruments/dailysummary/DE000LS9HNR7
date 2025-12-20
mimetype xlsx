--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c91447745714f0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3e1ed123ef3476d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbed0972b4e141eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb98bbfe97c0e40ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7cd518a424d4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbed0972b4e141eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb02ddbd808824bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb98bbfe97c0e40ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Behind the Scenes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,325</x:t>
-[...630 lines deleted...]
-          <x:t>87,367</x:t>
+          <x:t>88,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>