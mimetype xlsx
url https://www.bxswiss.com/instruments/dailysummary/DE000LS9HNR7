--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3e1ed123ef3476d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e070d2726c24521" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb98bbfe97c0e40ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84ef2e56bcbb4d83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb02ddbd808824bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb98bbfe97c0e40ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec03964fa5854cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84ef2e56bcbb4d83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Behind the Scenes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>87,819</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,703</x:t>
-[...97 lines deleted...]
-          <x:t>87,904</x:t>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,688</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>87,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>