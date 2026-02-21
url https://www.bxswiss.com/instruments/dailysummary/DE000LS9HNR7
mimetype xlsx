--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e070d2726c24521" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcb8eb2c69864291" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84ef2e56bcbb4d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6234325f74d64249"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec03964fa5854cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84ef2e56bcbb4d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4837b5d8bbf34cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6234325f74d64249" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Behind the Scenes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>87,688</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>