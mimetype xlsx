--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcb8eb2c69864291" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R628150ca9f1640d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6234325f74d64249"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48bd2aec19fc4a24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4837b5d8bbf34cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6234325f74d64249" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00710287ff274b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48bd2aec19fc4a24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Behind the Scenes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>