--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7daeffa9fb4617" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6c836ffbe97453f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c437514c49147f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab557cdf8c604c3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cf5f9b98c0c4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c437514c49147f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e50d58d33454d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab557cdf8c604c3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DA-Stockpicker</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,896</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>