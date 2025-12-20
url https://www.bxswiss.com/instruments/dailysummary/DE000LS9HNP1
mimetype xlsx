--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6c836ffbe97453f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d6538b7aa6242c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab557cdf8c604c3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccfa8e67499d4806"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e50d58d33454d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab557cdf8c604c3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58918f1dfa634f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccfa8e67499d4806" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DA-Stockpicker</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>96,040</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,488</x:t>
-[...58 lines deleted...]
-          <x:t>96,506</x:t>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>