--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d6538b7aa6242c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3acdf3cc4bb4de4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccfa8e67499d4806"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R560d048c514c4c43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58918f1dfa634f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccfa8e67499d4806" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R231bacf94dba47b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R560d048c514c4c43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DA-Stockpicker</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>