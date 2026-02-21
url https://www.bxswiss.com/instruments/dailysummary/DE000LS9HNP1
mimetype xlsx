--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3acdf3cc4bb4de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ad2a2ea373d4f82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R560d048c514c4c43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recbeceaf556a45b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R231bacf94dba47b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R560d048c514c4c43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9cfb414c264d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recbeceaf556a45b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DA-Stockpicker</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>100,461</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,387</x:t>
-[...70 lines deleted...]
-          <x:t>101,848</x:t>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,928</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>101,910</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>