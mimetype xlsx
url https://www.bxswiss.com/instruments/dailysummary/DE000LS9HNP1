--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ad2a2ea373d4f82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29c99cf8ee54a33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recbeceaf556a45b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04e10ab427eb420a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9cfb414c264d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recbeceaf556a45b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc279167edac042d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04e10ab427eb420a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DA-Stockpicker</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>102,467</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,166</x:t>
-[...539 lines deleted...]
-          <x:t>102,738</x:t>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>