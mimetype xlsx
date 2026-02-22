--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R836f641612844b7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ee817181a854e3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61d548a3d91248c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc844c8d98a8e4759"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86250c433464490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61d548a3d91248c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45f524b1ae894125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc844c8d98a8e4759" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIRETURN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...446 lines deleted...]
-          <x:t>145,013</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>