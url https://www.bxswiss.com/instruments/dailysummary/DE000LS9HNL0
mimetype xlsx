--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ee817181a854e3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc3c18df44ee4c83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc844c8d98a8e4759"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03877bd241f740f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45f524b1ae894125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc844c8d98a8e4759" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8514690e792a430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03877bd241f740f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIRETURN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>