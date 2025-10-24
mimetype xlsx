--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5f8aa22e01a42b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra646f993d34f46b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8acaeb4a19374d3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree2f5001359840bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9850951031af44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8acaeb4a19374d3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3e1322822c4422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree2f5001359840bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unsere'Babys'MitZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>87,010</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,074</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,211</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>87,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,042</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>86,978</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>87,231</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>