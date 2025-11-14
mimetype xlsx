--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra646f993d34f46b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ca6440701e543ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree2f5001359840bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd54259bff8da4159"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3e1322822c4422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree2f5001359840bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf91ce2904c9946b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd54259bff8da4159" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unsere'Babys'MitZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>86,784</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,700</x:t>
-[...195 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,231</x:t>
-[...43 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>86,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,025</x:t>
-[...90 lines deleted...]
-          <x:t>86,141</x:t>
+          <x:t>85,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>