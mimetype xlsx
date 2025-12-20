--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ca6440701e543ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf19c6cb85e3444f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd54259bff8da4159"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3458bdd795f4a29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf91ce2904c9946b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd54259bff8da4159" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9305b458d1a34ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3458bdd795f4a29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unsere'Babys'MitZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>86,642</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,736</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>85,831</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>