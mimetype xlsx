--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf19c6cb85e3444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32ccb957329a4aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3458bdd795f4a29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6cc9afa37f46d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9305b458d1a34ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3458bdd795f4a29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe2759c46f484d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6cc9afa37f46d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unsere'Babys'MitZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>86,588</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,447</x:t>
-[...151 lines deleted...]
-          <x:t>86,847</x:t>
+          <x:t>86,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,633</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>86,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>