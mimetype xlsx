--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32ccb957329a4aff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe9a39b25d014706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6cc9afa37f46d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb84f8f1b99294580"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe2759c46f484d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6cc9afa37f46d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R590fcd56db044a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb84f8f1b99294580" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unsere'Babys'MitZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>86,633</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>