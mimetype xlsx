--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe9a39b25d014706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbaac32fd4344e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb84f8f1b99294580"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b5cf3f3b9e94ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R590fcd56db044a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb84f8f1b99294580" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2899f2a8cbfd4b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b5cf3f3b9e94ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unsere'Babys'MitZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>