--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1496755186694522" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87a4f65dc4124d3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb24cfbc9c9914467"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6983cfd463684ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4e92380e781409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb24cfbc9c9914467" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63d7c48cfe7446f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6983cfd463684ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Century Dividend Paying Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>