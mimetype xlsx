--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87a4f65dc4124d3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68fb03bc7af84dd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6983cfd463684ff9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35aa24ddb4a74f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63d7c48cfe7446f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6983cfd463684ff9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R625b53e6bd6f40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35aa24ddb4a74f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Century Dividend Paying Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>