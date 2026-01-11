--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68fb03bc7af84dd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e6e40e47bbd4d1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35aa24ddb4a74f73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd45b261437b4d5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R625b53e6bd6f40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35aa24ddb4a74f73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0351aea9eb114137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd45b261437b4d5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Century Dividend Paying Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>