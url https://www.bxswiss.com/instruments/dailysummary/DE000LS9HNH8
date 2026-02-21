--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e6e40e47bbd4d1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c0f4ea0d6d42a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd45b261437b4d5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81bee82a92b3416c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0351aea9eb114137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd45b261437b4d5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f17be7fae7b459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81bee82a92b3416c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Century Dividend Paying Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>156,256</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>