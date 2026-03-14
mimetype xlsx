--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c0f4ea0d6d42a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb576f61d5c854360" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81bee82a92b3416c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14b870b955b346c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f17be7fae7b459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81bee82a92b3416c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27ac048e3f4f4930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14b870b955b346c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Century Dividend Paying Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>