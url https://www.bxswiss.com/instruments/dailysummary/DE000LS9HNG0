--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b4b24490684339" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3bfeb816e824f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ab454a57080432b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8925cdb9c45c4d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R649d635cdf2d4a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ab454a57080432b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712bbda2bbd14bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8925cdb9c45c4d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUSCULUM Trend Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>