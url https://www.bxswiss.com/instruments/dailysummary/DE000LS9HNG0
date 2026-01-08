--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3bfeb816e824f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7807e646524d03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8925cdb9c45c4d05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fe492a8b73c4c50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712bbda2bbd14bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8925cdb9c45c4d05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009578de9c234f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fe492a8b73c4c50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUSCULUM Trend Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...625 lines deleted...]
-          <x:t>47,047</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,768</x:t>
-[...4 lines deleted...]
-          <x:t>47,034</x:t>
+          <x:t>47,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>