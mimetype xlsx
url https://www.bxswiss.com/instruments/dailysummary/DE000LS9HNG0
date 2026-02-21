--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7807e646524d03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b2a962e5d184eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fe492a8b73c4c50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c0ea12cb4214491"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009578de9c234f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fe492a8b73c4c50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf69ec53afcc04a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c0ea12cb4214491" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUSCULUM Trend Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HNG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>45,892</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,748</x:t>
-[...124 lines deleted...]
-          <x:t>44,647</x:t>
+          <x:t>45,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,239</x:t>
-[...269 lines deleted...]
-          <x:t>47,776</x:t>
+          <x:t>44,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>