--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree1569366b8c4fdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9b8ffab67ba4925" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bf79942c47b4f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcba3e6f2f0c4c8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb9b1c66ac04f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bf79942c47b4f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1085211624048c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcba3e6f2f0c4c8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RatioInvest Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>291,796</x:t>
-[...26 lines deleted...]
-          <x:t>293,009</x:t>
+          <x:t>292,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,913</x:t>
-        </x:is>
-[...219 lines deleted...]
-          <x:t>295,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>