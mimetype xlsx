--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9b8ffab67ba4925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f922aa82324681" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcba3e6f2f0c4c8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re904080027164401"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1085211624048c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcba3e6f2f0c4c8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfb1d7be57e44151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re904080027164401" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RatioInvest Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>290,913</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>