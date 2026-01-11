--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f922aa82324681" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ae2c21613349fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re904080027164401"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99692b399cdd4be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfb1d7be57e44151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re904080027164401" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70eb5be4cc104b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99692b399cdd4be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RatioInvest Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>