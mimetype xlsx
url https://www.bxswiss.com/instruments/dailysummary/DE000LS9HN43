--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ae2c21613349fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa1cfe8818a44a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99692b399cdd4be0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812c2e3a65f9400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70eb5be4cc104b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99692b399cdd4be0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d98989211b40f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812c2e3a65f9400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RatioInvest Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>