--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa1cfe8818a44a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32ce9588727b4bb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812c2e3a65f9400e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e96ef8fcb7d4636"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d98989211b40f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812c2e3a65f9400e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf03c71cfb3041db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e96ef8fcb7d4636" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RatioInvest Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>305,003</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,401</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>311,106</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>