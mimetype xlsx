--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32ce9588727b4bb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R488b3ee90ee44ccb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e96ef8fcb7d4636"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a919f76d0943f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf03c71cfb3041db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e96ef8fcb7d4636" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccb015ec0f884c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a919f76d0943f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RatioInvest Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>