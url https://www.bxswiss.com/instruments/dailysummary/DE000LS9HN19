--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ff1139d2094ec5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b839fab9fe44877" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f3fccb096b43fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra549aa5cbc624fe6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7cd75b1d16a449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f3fccb096b43fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35f68b4aeebb47a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra549aa5cbc624fe6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Felsenfest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>412,503</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>410,772</x:t>
-[...539 lines deleted...]
-          <x:t>423,757</x:t>
+          <x:t>407,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>