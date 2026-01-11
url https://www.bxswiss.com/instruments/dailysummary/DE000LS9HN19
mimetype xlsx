--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b839fab9fe44877" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556edaa7b9394478" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra549aa5cbc624fe6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8adbab532a8437f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35f68b4aeebb47a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra549aa5cbc624fe6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5744159ed9e14fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8adbab532a8437f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Felsenfest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>415,036</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>