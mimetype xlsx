--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556edaa7b9394478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc655a569ac204f3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8adbab532a8437f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R658ea5a25d58477b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5744159ed9e14fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8adbab532a8437f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd30b5e3fb7b64d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R658ea5a25d58477b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Felsenfest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>401,851</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>393,184</x:t>
-[...296 lines deleted...]
-          <x:t>411,256</x:t>
+          <x:t>392,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>