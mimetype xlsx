--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc655a569ac204f3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bfb358c829b4a03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R658ea5a25d58477b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7db78a5aec2c4357"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd30b5e3fb7b64d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R658ea5a25d58477b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra426291afa86458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7db78a5aec2c4357" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Felsenfest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>