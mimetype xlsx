--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf25eec3c9db6400c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d67878512344589" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21f42c29873f467e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961c5dbf0c7f4d2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5160ef0990a4230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21f42c29873f467e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a7d7d98f67a4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961c5dbf0c7f4d2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Werte Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>58,801</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,532</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>58,567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,006</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>