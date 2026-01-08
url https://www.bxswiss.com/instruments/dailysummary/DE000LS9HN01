--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d67878512344589" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R931ccf448a9c4c80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961c5dbf0c7f4d2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9b8a5c1a981460c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a7d7d98f67a4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961c5dbf0c7f4d2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3b72a1fd8514a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9b8a5c1a981460c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Werte Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>59,595</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>