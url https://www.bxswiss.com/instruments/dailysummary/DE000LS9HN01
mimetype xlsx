--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R931ccf448a9c4c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8927f7dbf2014c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9b8a5c1a981460c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6d1dc6d00a43c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3b72a1fd8514a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9b8a5c1a981460c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc399d10e5e4df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6d1dc6d00a43c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Werte Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>60,584</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,534</x:t>
-[...85 lines deleted...]
-          <x:t>61,664</x:t>
+          <x:t>60,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>