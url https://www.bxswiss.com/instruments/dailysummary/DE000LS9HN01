--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8927f7dbf2014c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb632d84e442f45d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6d1dc6d00a43c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee6ca067ada4a71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc399d10e5e4df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6d1dc6d00a43c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra20feb94fc5c4df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee6ca067ada4a71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Werte Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HN01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>58,723</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,084</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...393 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>