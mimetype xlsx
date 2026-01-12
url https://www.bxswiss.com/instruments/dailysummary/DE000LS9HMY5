--- v0 (2025-10-04)
+++ v1 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa59664933964807" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84809e06528f482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd50290b1d0ee41cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16432bbef47f42f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4283e14ed4d1445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd50290b1d0ee41cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bfd716dac4e444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16432bbef47f42f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Leaders Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,849</x:t>
-[...495 lines deleted...]
-          <x:t>151,725</x:t>
+          <x:t>150,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>