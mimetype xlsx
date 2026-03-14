--- v1 (2026-01-12)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84809e06528f482c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eabb96994e54807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16432bbef47f42f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98ad6d4826a2407e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bfd716dac4e444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16432bbef47f42f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra669ec6eb1ae4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98ad6d4826a2407e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Leaders Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>154,347</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>