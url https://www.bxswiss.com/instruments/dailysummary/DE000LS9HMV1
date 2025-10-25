--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ae0f69f6054e66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1204cee274be4f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38105fbc30a54e7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1e7d7197e6447b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b502c42033142ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38105fbc30a54e7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf004a6f1caf4c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1e7d7197e6447b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte neu</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>