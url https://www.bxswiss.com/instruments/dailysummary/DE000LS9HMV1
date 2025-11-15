--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1204cee274be4f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb226135f64415a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1e7d7197e6447b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a66d307d5246ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf004a6f1caf4c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1e7d7197e6447b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e93ff568f4c48c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a66d307d5246ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte neu</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>