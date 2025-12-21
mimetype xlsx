--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb226135f64415a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52017cbf8f804ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a66d307d5246ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bd3a377214647f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e93ff568f4c48c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a66d307d5246ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R760f4ce7fe8c4087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bd3a377214647f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte neu</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>134,456</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,545</x:t>
-[...141 lines deleted...]
-          <x:t>11.11.2025</x:t>
+          <x:t>131,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,805</x:t>
-[...90 lines deleted...]
-          <x:t>132,782</x:t>
+          <x:t>134,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>