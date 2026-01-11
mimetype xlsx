--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52017cbf8f804ed1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8059f6f39af4358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bd3a377214647f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dfd476f32b64b95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R760f4ce7fe8c4087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bd3a377214647f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2642a03fdfe64d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dfd476f32b64b95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte neu</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,547</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>