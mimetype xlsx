--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8059f6f39af4358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8f009c7221e4ad4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dfd476f32b64b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d945d3e21c44ace"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2642a03fdfe64d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dfd476f32b64b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44219d4078214d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d945d3e21c44ace" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte neu</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,852</x:t>
-[...333 lines deleted...]
-          <x:t>141,836</x:t>
+          <x:t>137,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>