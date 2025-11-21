--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re112ed50e14d4f1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99ff07cbef44a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1618d9184b87425e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0aee057f73745c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e972259093c4741" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1618d9184b87425e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb914dcd8c0e469b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0aee057f73745c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SIENNA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HME7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,519</x:t>
-[...603 lines deleted...]
-          <x:t>137,804</x:t>
+          <x:t>135,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>