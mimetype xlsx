--- v1 (2025-11-21)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99ff07cbef44a46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2dc493475594252" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0aee057f73745c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdff58e582fd4a15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb914dcd8c0e469b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0aee057f73745c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0244d98c16344f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdff58e582fd4a15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SIENNA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HME7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>137,404</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,168</x:t>
-[...296 lines deleted...]
-          <x:t>135,457</x:t>
+          <x:t>136,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>