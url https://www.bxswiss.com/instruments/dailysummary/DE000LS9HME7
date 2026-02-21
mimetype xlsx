--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2dc493475594252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07380da1e1b04943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdff58e582fd4a15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd03564217154db6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0244d98c16344f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdff58e582fd4a15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f71f266d97945b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd03564217154db6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SIENNA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HME7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>141,026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>