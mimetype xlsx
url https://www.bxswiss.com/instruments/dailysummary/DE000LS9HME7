--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07380da1e1b04943" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10477942c04d48f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd03564217154db6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0947ab1d7b418c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f71f266d97945b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd03564217154db6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84db4c43c43748d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0947ab1d7b418c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SIENNA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HME7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>134,874</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...451 lines deleted...]
-          <x:t>137,656</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>