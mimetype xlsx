--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b3cc887eb04237" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6a6558f41c840d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc3849f13b784c2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391bc97e1bfd4ad3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e29b775230e4595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc3849f13b784c2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2113f2fb92e4d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391bc97e1bfd4ad3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueMania G/G/P</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>