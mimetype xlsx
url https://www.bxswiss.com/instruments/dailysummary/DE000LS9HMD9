--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6a6558f41c840d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf7421234af24400" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391bc97e1bfd4ad3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92fdfe62953146b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2113f2fb92e4d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391bc97e1bfd4ad3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf07a71ff0804712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92fdfe62953146b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueMania G/G/P</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>185,196</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>