--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf7421234af24400" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b26670cc2d94c79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92fdfe62953146b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e54acc9c21c4d2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf07a71ff0804712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92fdfe62953146b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bd3b04081064243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e54acc9c21c4d2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueMania G/G/P</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>