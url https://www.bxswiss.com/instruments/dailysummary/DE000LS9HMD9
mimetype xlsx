--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b26670cc2d94c79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d700be8aa54466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e54acc9c21c4d2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531fe5a98b2a4691"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bd3b04081064243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e54acc9c21c4d2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf3f2d6e872d4a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531fe5a98b2a4691" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueMania G/G/P</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>229,862</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>