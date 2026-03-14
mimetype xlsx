--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d700be8aa54466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re34d0c2bcdd24c10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531fe5a98b2a4691"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R485c71be80db4c91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf3f2d6e872d4a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531fe5a98b2a4691" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76fcb779ca8443a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R485c71be80db4c91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueMania G/G/P</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HMD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>