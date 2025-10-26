--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6caf1f6f07c54367" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8666375e5b4c6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3189971315146ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06713f9eca484f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18cd81ba6bae41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3189971315146ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d871b2e5354a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06713f9eca484f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schäppchenjäger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>151,171</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,134</x:t>
-[...274 lines deleted...]
-          <x:t>151,515</x:t>
+          <x:t>151,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>