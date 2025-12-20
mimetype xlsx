--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8666375e5b4c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba2d3bbbc59480f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06713f9eca484f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6cce86dc654927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d871b2e5354a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06713f9eca484f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbcc8e1bed1a4256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6cce86dc654927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schäppchenjäger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,793</x:t>
-[...21 lines deleted...]
-          <x:t>151,439</x:t>
+          <x:t>151,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,413</x:t>
-[...4 lines deleted...]
-          <x:t>151,672</x:t>
+          <x:t>151,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>