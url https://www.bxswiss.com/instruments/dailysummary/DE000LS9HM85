--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba2d3bbbc59480f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref5d2b6d87414e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6cce86dc654927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88e35cebf6594864"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbcc8e1bed1a4256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6cce86dc654927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5eff88bba754eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88e35cebf6594864" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schäppchenjäger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>152,048</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,757</x:t>
-[...146 lines deleted...]
-          <x:t>152,552</x:t>
+          <x:t>151,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,321</x:t>
-[...220 lines deleted...]
-          <x:t>151,732</x:t>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>