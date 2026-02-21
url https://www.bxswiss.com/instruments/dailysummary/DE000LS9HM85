--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref5d2b6d87414e46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c594bc7fe54523" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88e35cebf6594864"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82de351d211141f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5eff88bba754eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88e35cebf6594864" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3b3f5c173b40ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82de351d211141f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schäppchenjäger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>153,190</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>