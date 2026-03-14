--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c594bc7fe54523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65a80a9b3b0456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82de351d211141f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R850c41c2a61743ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3b3f5c173b40ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82de351d211141f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2b9200e7ea04774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R850c41c2a61743ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schäppchenjäger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>152,641</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,530</x:t>
-[...544 lines deleted...]
-          <x:t>152,870</x:t>
+          <x:t>151,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>