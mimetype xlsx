--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0491a58773da459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35511abf8bbe4aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f3982f12ac458c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1826ab490d74d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6bcbd09206c44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f3982f12ac458c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1381445b3afe46f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1826ab490d74d26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Emerging&amp;Expanding Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,199</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>