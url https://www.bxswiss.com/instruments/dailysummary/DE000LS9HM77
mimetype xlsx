--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35511abf8bbe4aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8c438352c34443" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1826ab490d74d26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66a651bfbc5040f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1381445b3afe46f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1826ab490d74d26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R739ad25110a440cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66a651bfbc5040f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Emerging&amp;Expanding Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>342,679</x:t>
-[...468 lines deleted...]
-          <x:t>343,801</x:t>
+          <x:t>337,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>