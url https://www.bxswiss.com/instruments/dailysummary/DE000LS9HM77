--- v2 (2026-01-08)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8c438352c34443" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3831f15fe9747d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66a651bfbc5040f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec04eb61a1544d20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R739ad25110a440cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66a651bfbc5040f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f7861f35e9c4417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec04eb61a1544d20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Emerging&amp;Expanding Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>346,428</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>