--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3fa1037b44946e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc629e2ce5b30470f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda8da8ca1c9c4236"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0da0a7aee4994a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b8e430002de444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda8da8ca1c9c4236" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f2789b3eac481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0da0a7aee4994a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT, Software und eHealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,049</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>