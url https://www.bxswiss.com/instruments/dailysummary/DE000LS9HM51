--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc629e2ce5b30470f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1889d30a7b774f9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0da0a7aee4994a7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6fc9156010e4285"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f2789b3eac481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0da0a7aee4994a7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ade320ac8b94d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6fc9156010e4285" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT, Software und eHealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,571 +149,139 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>159,056</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,806</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,799</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>