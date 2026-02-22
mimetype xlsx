--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1889d30a7b774f9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R898e0f4442f148d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6fc9156010e4285"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab64738bb1fd49ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ade320ac8b94d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6fc9156010e4285" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb813981134f34317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab64738bb1fd49ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT, Software und eHealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>169,029</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>