--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R898e0f4442f148d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2984c114d3784e22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab64738bb1fd49ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re069d003774247f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb813981134f34317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab64738bb1fd49ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa3ad36a9ccb43e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re069d003774247f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT, Software und eHealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>