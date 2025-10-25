--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb18df81f84a4530" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00d2b7e195942da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb465cd2656884fa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b2f4a3f098e42fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bde2c5fcae34805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb465cd2656884fa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58bc35100b54241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b2f4a3f098e42fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Huon Pine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>