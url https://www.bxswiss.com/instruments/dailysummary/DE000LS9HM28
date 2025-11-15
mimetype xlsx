--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00d2b7e195942da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb6c3369e0e241bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b2f4a3f098e42fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4799a3a9b704b66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58bc35100b54241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b2f4a3f098e42fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca6416158b0487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4799a3a9b704b66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Huon Pine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>114,775</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,529</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>114,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,443</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>