--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb6c3369e0e241bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raab35e26e46c44a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4799a3a9b704b66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952ff5a4b74d49b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca6416158b0487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4799a3a9b704b66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b876a3adc014e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952ff5a4b74d49b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Huon Pine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>111,270</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>