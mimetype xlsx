--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raab35e26e46c44a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fb4ea1ba3744699" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952ff5a4b74d49b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35b683b693cc4fde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b876a3adc014e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952ff5a4b74d49b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4ca5a6ea55c47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35b683b693cc4fde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Huon Pine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>111,745</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,520</x:t>
-[...247 lines deleted...]
-          <x:t>115,069</x:t>
+          <x:t>111,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>