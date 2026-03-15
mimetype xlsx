--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fb4ea1ba3744699" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0928fad7cda54285" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35b683b693cc4fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f2cc8addb364f3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4ca5a6ea55c47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35b683b693cc4fde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d354bd016fd4c95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f2cc8addb364f3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Huon Pine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>110,980</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,947</x:t>
-[...463 lines deleted...]
-          <x:t>112,785</x:t>
+          <x:t>110,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>