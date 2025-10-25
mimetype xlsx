--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42bb7e685dd419c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf8a4175a9664759" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2653de2da60048a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa533f13aa1a4436"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00955bae174e4e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2653de2da60048a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81bd8bb6454c49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa533f13aa1a4436" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QueNex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>