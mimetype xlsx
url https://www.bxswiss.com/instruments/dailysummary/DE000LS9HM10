--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf8a4175a9664759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785f7dd9acb741a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa533f13aa1a4436"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47193ca07f444ad8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81bd8bb6454c49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa533f13aa1a4436" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98831548951a4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47193ca07f444ad8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QueNex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>