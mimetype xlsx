--- v2 (2025-11-14)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785f7dd9acb741a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf7d033147ff496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47193ca07f444ad8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61c5d0986a7b4d58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98831548951a4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47193ca07f444ad8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dbd703a2ef34b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61c5d0986a7b4d58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QueNex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>419,604</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>