--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf7d033147ff496d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4f2c31261e4d6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61c5d0986a7b4d58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10fc46b9ee624d9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dbd703a2ef34b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61c5d0986a7b4d58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb5494e2db224b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10fc46b9ee624d9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QueNex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>435,251</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>