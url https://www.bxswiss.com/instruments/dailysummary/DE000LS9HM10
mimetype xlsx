--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4f2c31261e4d6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f69d789437f4e55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10fc46b9ee624d9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c4696889eea4fc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb5494e2db224b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10fc46b9ee624d9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae1cb97d8bdb4d9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c4696889eea4fc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QueNex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HM10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>