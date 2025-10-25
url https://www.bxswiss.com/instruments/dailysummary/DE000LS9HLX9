--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fb603f45d2a4186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74595874a10b472b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91a5d41e2ab34c36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4f4226069a444a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re13228318a694585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91a5d41e2ab34c36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc3a72eace5a4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4f4226069a444a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR DowJones-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>209,281</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>209,228</x:t>
-[...485 lines deleted...]
-          <x:t>210,392</x:t>
+          <x:t>208,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>