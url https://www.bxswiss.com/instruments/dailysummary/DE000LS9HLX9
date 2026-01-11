--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74595874a10b472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R906386f285e94f99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4f4226069a444a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dcb39a0d88b4be3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc3a72eace5a4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4f4226069a444a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21c6d001f7ae4758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dcb39a0d88b4be3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR DowJones-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>207,816</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>