--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R906386f285e94f99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0db25e02674ce5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dcb39a0d88b4be3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c063424ded74963"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21c6d001f7ae4758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dcb39a0d88b4be3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a258c7e5e4f4795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c063424ded74963" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR DowJones-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>211,528</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>