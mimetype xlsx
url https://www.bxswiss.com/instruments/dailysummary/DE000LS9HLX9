--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0db25e02674ce5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf38b7125c1094058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c063424ded74963"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb37b73f058824338"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a258c7e5e4f4795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c063424ded74963" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63eb0f78e203430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb37b73f058824338" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR DowJones-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>