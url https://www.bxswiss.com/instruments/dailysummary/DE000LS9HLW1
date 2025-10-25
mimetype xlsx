--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55ee6f911094b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06466052fd80423a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R575f7843386e4ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5223ce896d4a47ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ade68fcafa4979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R575f7843386e4ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fcb8af6ac324587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5223ce896d4a47ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Aktien Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,367</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>