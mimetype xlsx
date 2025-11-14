--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06466052fd80423a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e1e0b6ed0664ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5223ce896d4a47ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7bd7587a5c844c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fcb8af6ac324587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5223ce896d4a47ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4fc2b8933741e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7bd7587a5c844c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Aktien Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,206</x:t>
-[...522 lines deleted...]
-          <x:t>112,734</x:t>
+          <x:t>116,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>