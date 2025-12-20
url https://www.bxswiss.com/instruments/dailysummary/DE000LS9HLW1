--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e1e0b6ed0664ecb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra152ebcef4f74e48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7bd7587a5c844c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c73dbce0a45439b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4fc2b8933741e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7bd7587a5c844c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5af866a53005457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c73dbce0a45439b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Aktien Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>121,848</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,131</x:t>
-[...620 lines deleted...]
-          <x:t>119,449</x:t>
+          <x:t>118,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>