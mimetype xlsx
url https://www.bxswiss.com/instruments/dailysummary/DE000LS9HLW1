--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra152ebcef4f74e48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36a4b04aa7154576" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c73dbce0a45439b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d5be7a2b1c441b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5af866a53005457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c73dbce0a45439b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0c77c311a8d4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d5be7a2b1c441b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Aktien Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>