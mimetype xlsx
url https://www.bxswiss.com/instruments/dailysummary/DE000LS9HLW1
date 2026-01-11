--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36a4b04aa7154576" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19366071a3c64439" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d5be7a2b1c441b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree17f9c3b0574edf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0c77c311a8d4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d5be7a2b1c441b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47aa3a8eca5f4bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree17f9c3b0574edf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Aktien Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>