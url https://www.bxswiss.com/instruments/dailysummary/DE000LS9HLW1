--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19366071a3c64439" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d22a8fc2e1042ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree17f9c3b0574edf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9fa762f8f0b4d08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47aa3a8eca5f4bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree17f9c3b0574edf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05dfe3dcfb644041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9fa762f8f0b4d08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Aktien Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>141,857</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>