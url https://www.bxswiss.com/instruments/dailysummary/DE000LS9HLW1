--- v6 (2026-02-21)
+++ v7 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d22a8fc2e1042ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf74f5b76aad640ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9fa762f8f0b4d08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bc04f63ef9f4d2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05dfe3dcfb644041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9fa762f8f0b4d08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa4914a8f1fc44c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bc04f63ef9f4d2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Aktien Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,427</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>