--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36b3c70231a54f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67de453e1d4e4eea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9adddd60d84d74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a5f3fabd9f0409e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdaf455c6a5a49f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9adddd60d84d74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b9c48d6c87b4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a5f3fabd9f0409e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IPOs - Vom Anfang an dabei</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>118,262</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,237</x:t>
-[...107 lines deleted...]
-          <x:t>119,217</x:t>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>