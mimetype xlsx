--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67de453e1d4e4eea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55afec847d24d69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a5f3fabd9f0409e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0047702cc59d4071"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b9c48d6c87b4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a5f3fabd9f0409e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10ba84c4e53a4896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0047702cc59d4071" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IPOs - Vom Anfang an dabei</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>118,989</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>