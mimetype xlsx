--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d977d3a93f4650" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e77e8047f1b464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6ec8deaa564d87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde432004e5de4364"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8770d88189174c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6ec8deaa564d87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1955d3e0bf948dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde432004e5de4364" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brand-Value-Effect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>