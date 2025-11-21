--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e77e8047f1b464e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1090c91489274ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde432004e5de4364"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1911b70afb774605"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1955d3e0bf948dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde432004e5de4364" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ee169e0387c4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1911b70afb774605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brand-Value-Effect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>213,640</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,964</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>215,035</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>212,182</x:t>
-[...382 lines deleted...]
-          <x:t>215,337</x:t>
+          <x:t>215,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>