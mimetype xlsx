--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1090c91489274ad2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf469004ed71547fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1911b70afb774605"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5c89bc827ba4761"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ee169e0387c4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1911b70afb774605" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4f8b585bd224b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5c89bc827ba4761" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brand-Value-Effect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>