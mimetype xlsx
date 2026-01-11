--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf469004ed71547fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf18310a13b4a4c6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5c89bc827ba4761"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32cc9bb2754c41a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4f8b585bd224b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5c89bc827ba4761" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1bc378b93ce418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32cc9bb2754c41a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brand-Value-Effect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,292</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>