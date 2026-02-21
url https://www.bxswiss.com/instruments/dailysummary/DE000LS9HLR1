--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf18310a13b4a4c6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8357771257124e79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32cc9bb2754c41a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a163dab17f94a87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1bc378b93ce418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32cc9bb2754c41a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b7dd95c83346f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a163dab17f94a87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brand-Value-Effect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>221,109</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>