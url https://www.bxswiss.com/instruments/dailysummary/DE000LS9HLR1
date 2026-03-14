--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8357771257124e79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7a93085c7c148cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a163dab17f94a87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1ee7b2fa68b44b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b7dd95c83346f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a163dab17f94a87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85da5b4dff564c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1ee7b2fa68b44b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brand-Value-Effect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>210,352</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,642</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>