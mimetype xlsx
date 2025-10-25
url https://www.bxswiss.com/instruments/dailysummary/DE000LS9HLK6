--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9ebdd2d2ec4bb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7b1ed95d9104b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bb29a41f6e1476c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8f35f1e54bc4dfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cab77a5a695483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bb29a41f6e1476c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41fad3bafa6b4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8f35f1e54bc4dfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Pharma &amp; Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>76,483</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>75,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>75,942</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>76,779</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>