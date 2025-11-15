--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7b1ed95d9104b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ddbed672bf14801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8f35f1e54bc4dfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fad70b4c76f4432"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41fad3bafa6b4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8f35f1e54bc4dfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8304a9f8509745ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fad70b4c76f4432" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Pharma &amp; Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>