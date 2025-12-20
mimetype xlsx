--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ddbed672bf14801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf75e96e3c54ac5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fad70b4c76f4432"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b37c43384de4274"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8304a9f8509745ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fad70b4c76f4432" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaee70782f4f472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b37c43384de4274" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Pharma &amp; Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>81,888</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>