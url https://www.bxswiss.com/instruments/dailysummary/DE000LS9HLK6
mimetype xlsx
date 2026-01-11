--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf75e96e3c54ac5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29806466d41240f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b37c43384de4274"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra57609ca3fb34945"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaee70782f4f472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b37c43384de4274" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9c9486244834b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra57609ca3fb34945" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Pharma &amp; Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>