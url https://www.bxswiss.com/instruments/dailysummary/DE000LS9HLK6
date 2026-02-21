--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29806466d41240f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8689cdbda97c4383" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra57609ca3fb34945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cca07dfb8e34a9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9c9486244834b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra57609ca3fb34945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91459af7076e4c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cca07dfb8e34a9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Pharma &amp; Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>87,164</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,431</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>88,503</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>