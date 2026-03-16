--- v5 (2026-02-21)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8689cdbda97c4383" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f0d03bfd8d54655" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cca07dfb8e34a9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a053332bcfe4503"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91459af7076e4c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cca07dfb8e34a9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4645a00c3e047e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a053332bcfe4503" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DaBi Pharma &amp; Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>